--- v0 (2025-10-01)
+++ v1 (2025-11-19)
@@ -37,213 +37,219 @@
         <w:tblOverlap w:val="never"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9076"/>
       </w:tblGrid>
       <w:tr w:rsidR="0002739F" w:rsidRPr="00313FBB" w14:paraId="74BDE23F" w14:textId="77777777" w:rsidTr="00C91519">
         <w:trPr>
           <w:trHeight w:val="1361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="767171" w:themeColor="background2" w:themeShade="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D7D6"/>
           </w:tcPr>
-          <w:p w14:paraId="311AA48A" w14:textId="6D314FA4" w:rsidR="00967748" w:rsidRPr="00324DBA" w:rsidRDefault="00967748" w:rsidP="006D3C55">
+          <w:p w14:paraId="311AA48A" w14:textId="5295EA75" w:rsidR="00967748" w:rsidRPr="00324DBA" w:rsidRDefault="00487598" w:rsidP="006D3C55">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:before="120" w:after="240" w:afterAutospacing="0"/>
               <w:ind w:left="-102" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00967748">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:spacing w:val="-6"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454B541C" wp14:editId="52AE8D1F">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C507533" wp14:editId="330247DA">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>-8890</wp:posOffset>
+                    <wp:posOffset>-81915</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>215265</wp:posOffset>
+                    <wp:posOffset>203200</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="1167789" cy="835378"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:extent cx="1234440" cy="929260"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="9" name="Picture 9"/>
+                  <wp:docPr id="2" name="Picture 2"/>
                   <wp:cNvGraphicFramePr>
-                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="Untitled-1.png"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Picture 8"/>
+                          <pic:cNvPicPr preferRelativeResize="0">
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1167789" cy="835378"/>
+                            <a:ext cx="1234440" cy="929260"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="00967748">
+            <w:r w:rsidR="00967748" w:rsidRPr="00967748">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB269B">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00445212">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00324DBA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C3198">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001D3BE9" w:rsidRPr="001D3BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>Optimality</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="187DBB91" w14:textId="0684EA80" w:rsidR="00813E9C" w:rsidRPr="001D3BE9" w:rsidRDefault="001D3BE9" w:rsidP="007C3198">
+          <w:p w14:paraId="187DBB91" w14:textId="0684EA80" w:rsidR="00813E9C" w:rsidRPr="001D3BE9" w:rsidRDefault="00000000" w:rsidP="007C3198">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:after="240" w:afterAutospacing="0"/>
               <w:ind w:left="-103" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Adobe Devanagari"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="001D3BE9">
+              <w:r w:rsidR="001D3BE9" w:rsidRPr="001D3BE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Adobe Devanagari"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="fa-IR"/>
                 </w:rPr>
                 <w:t>www.o</w:t>
               </w:r>
-              <w:r w:rsidRPr="001D3BE9">
+              <w:r w:rsidR="001D3BE9" w:rsidRPr="001D3BE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Adobe Devanagari"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="fa-IR"/>
                 </w:rPr>
                 <w:t>pt.reapress</w:t>
               </w:r>
-              <w:r w:rsidRPr="001D3BE9">
+              <w:r w:rsidR="001D3BE9" w:rsidRPr="001D3BE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Adobe Devanagari"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="fa-IR"/>
                 </w:rPr>
                 <w:t>.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="689D471C" w14:textId="568383D0" w:rsidR="003922BA" w:rsidRPr="007B74CC" w:rsidRDefault="003922BA" w:rsidP="00EA5270">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:bidi w:val="0"/>
               <w:spacing w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-103"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
@@ -339,273 +345,266 @@
         <w:t>[Author's Email address]:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00426704" w:rsidSect="006A1F20">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1021" w:right="737" w:bottom="1021" w:left="737" w:header="850" w:footer="624" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2200E0DD" w14:textId="77777777" w:rsidR="006A1F20" w:rsidRPr="00FE73CA" w:rsidRDefault="006A1F20" w:rsidP="00FA44F9">
+    <w:p w14:paraId="56472EEC" w14:textId="77777777" w:rsidR="00A425A6" w:rsidRPr="00FE73CA" w:rsidRDefault="00A425A6" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4393AD18" w14:textId="77777777" w:rsidR="006A1F20" w:rsidRPr="00FE73CA" w:rsidRDefault="006A1F20" w:rsidP="00FA44F9">
+    <w:p w14:paraId="3F931E9F" w14:textId="77777777" w:rsidR="00A425A6" w:rsidRPr="00FE73CA" w:rsidRDefault="00A425A6" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="08494EEB" w14:textId="77777777" w:rsidR="006A1F20" w:rsidRDefault="006A1F20">
+    <w:p w14:paraId="4F6653CD" w14:textId="77777777" w:rsidR="00A425A6" w:rsidRDefault="00A425A6">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zar">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRLotus">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02000503000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Gurmukhi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00020003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="XB Kayhan">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000051" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRTitr">
-    <w:panose1 w:val="02000506000000020002"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRNazanin">
-    <w:panose1 w:val="02000506000000020002"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Compset">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02020803070505020304"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="2  Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lotus">
-    <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Burlak">
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
-    <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Thames New">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
@@ -625,81 +624,81 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Eras Bold ITC">
     <w:panose1 w:val="020B0907030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Kamran Outline">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TT6F0Ao00">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Devanagari">
-    <w:altName w:val="Cambria Math"/>
+    <w:altName w:val="Kokila"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Garamond Pro">
     <w:altName w:val="Georgia"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="25"/>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="-1763439025"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
@@ -832,68 +831,68 @@
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00C91519">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42C8B619" w14:textId="77777777" w:rsidR="006A1F20" w:rsidRPr="00FE73CA" w:rsidRDefault="006A1F20" w:rsidP="00FA44F9">
+    <w:p w14:paraId="1CE85D96" w14:textId="77777777" w:rsidR="00A425A6" w:rsidRPr="00FE73CA" w:rsidRDefault="00A425A6" w:rsidP="00FA44F9">
       <w:pPr>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CC5440A" w14:textId="77777777" w:rsidR="006A1F20" w:rsidRPr="00FE73CA" w:rsidRDefault="006A1F20" w:rsidP="00FA44F9">
+    <w:p w14:paraId="566A4418" w14:textId="77777777" w:rsidR="00A425A6" w:rsidRPr="00FE73CA" w:rsidRDefault="00A425A6" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="35685ABA" w14:textId="77777777" w:rsidR="006A1F20" w:rsidRPr="00FE73CA" w:rsidRDefault="006A1F20" w:rsidP="00FA44F9"/>
+    <w:p w14:paraId="6D03D297" w14:textId="77777777" w:rsidR="00A425A6" w:rsidRPr="00FE73CA" w:rsidRDefault="00A425A6" w:rsidP="00FA44F9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="06468B28" w14:textId="7FB6772A" w:rsidR="00FF649C" w:rsidRPr="00FF649C" w:rsidRDefault="00000000" w:rsidP="00FF649C">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
       </w:pBdr>
       <w:bidi w:val="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
         <w:lang w:bidi="fa-IR"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
@@ -4041,50 +4040,51 @@
     <w:rsid w:val="00440990"/>
     <w:rsid w:val="00440C3E"/>
     <w:rsid w:val="0044245C"/>
     <w:rsid w:val="00442CE6"/>
     <w:rsid w:val="0044333B"/>
     <w:rsid w:val="00445212"/>
     <w:rsid w:val="004462FC"/>
     <w:rsid w:val="004474B3"/>
     <w:rsid w:val="00447725"/>
     <w:rsid w:val="004501BF"/>
     <w:rsid w:val="0045552B"/>
     <w:rsid w:val="00455D03"/>
     <w:rsid w:val="00466DEF"/>
     <w:rsid w:val="004713DD"/>
     <w:rsid w:val="00472FCD"/>
     <w:rsid w:val="00473B14"/>
     <w:rsid w:val="00474357"/>
     <w:rsid w:val="00476274"/>
     <w:rsid w:val="00476ED9"/>
     <w:rsid w:val="004816E6"/>
     <w:rsid w:val="00481A20"/>
     <w:rsid w:val="00481D68"/>
     <w:rsid w:val="00481FD3"/>
     <w:rsid w:val="004856D8"/>
     <w:rsid w:val="00485F9D"/>
+    <w:rsid w:val="00487598"/>
     <w:rsid w:val="00491D73"/>
     <w:rsid w:val="00494400"/>
     <w:rsid w:val="00497268"/>
     <w:rsid w:val="004A0516"/>
     <w:rsid w:val="004A12A4"/>
     <w:rsid w:val="004A1B77"/>
     <w:rsid w:val="004A2CE4"/>
     <w:rsid w:val="004A2EEC"/>
     <w:rsid w:val="004A5A5D"/>
     <w:rsid w:val="004A6F46"/>
     <w:rsid w:val="004A70C7"/>
     <w:rsid w:val="004B1417"/>
     <w:rsid w:val="004B28A6"/>
     <w:rsid w:val="004B2AC2"/>
     <w:rsid w:val="004B3623"/>
     <w:rsid w:val="004B3954"/>
     <w:rsid w:val="004B3BBF"/>
     <w:rsid w:val="004B4D85"/>
     <w:rsid w:val="004B5E29"/>
     <w:rsid w:val="004B5E60"/>
     <w:rsid w:val="004C012B"/>
     <w:rsid w:val="004C14DC"/>
     <w:rsid w:val="004C1FCD"/>
     <w:rsid w:val="004C22B1"/>
     <w:rsid w:val="004C4603"/>
@@ -4521,50 +4521,51 @@
     <w:rsid w:val="009F54AF"/>
     <w:rsid w:val="009F6963"/>
     <w:rsid w:val="009F7912"/>
     <w:rsid w:val="00A00C46"/>
     <w:rsid w:val="00A01FD9"/>
     <w:rsid w:val="00A030B2"/>
     <w:rsid w:val="00A043CA"/>
     <w:rsid w:val="00A04754"/>
     <w:rsid w:val="00A04DBC"/>
     <w:rsid w:val="00A04F74"/>
     <w:rsid w:val="00A11D5C"/>
     <w:rsid w:val="00A1272D"/>
     <w:rsid w:val="00A14D9B"/>
     <w:rsid w:val="00A1713A"/>
     <w:rsid w:val="00A172A3"/>
     <w:rsid w:val="00A20A91"/>
     <w:rsid w:val="00A23083"/>
     <w:rsid w:val="00A235EC"/>
     <w:rsid w:val="00A24637"/>
     <w:rsid w:val="00A25A7D"/>
     <w:rsid w:val="00A2623F"/>
     <w:rsid w:val="00A305E3"/>
     <w:rsid w:val="00A31B69"/>
     <w:rsid w:val="00A33200"/>
     <w:rsid w:val="00A37C58"/>
+    <w:rsid w:val="00A425A6"/>
     <w:rsid w:val="00A43A7A"/>
     <w:rsid w:val="00A44151"/>
     <w:rsid w:val="00A47699"/>
     <w:rsid w:val="00A50963"/>
     <w:rsid w:val="00A528D1"/>
     <w:rsid w:val="00A53E1D"/>
     <w:rsid w:val="00A60D54"/>
     <w:rsid w:val="00A6191A"/>
     <w:rsid w:val="00A626C7"/>
     <w:rsid w:val="00A62813"/>
     <w:rsid w:val="00A65E7D"/>
     <w:rsid w:val="00A715B1"/>
     <w:rsid w:val="00A741F3"/>
     <w:rsid w:val="00A75307"/>
     <w:rsid w:val="00A75C2A"/>
     <w:rsid w:val="00A7746C"/>
     <w:rsid w:val="00A775F9"/>
     <w:rsid w:val="00A8064C"/>
     <w:rsid w:val="00A817BF"/>
     <w:rsid w:val="00A81BC7"/>
     <w:rsid w:val="00A879A2"/>
     <w:rsid w:val="00A90724"/>
     <w:rsid w:val="00A922E2"/>
     <w:rsid w:val="00A92FB1"/>
     <w:rsid w:val="00A9330F"/>
@@ -17917,78 +17918,78 @@
             <b:First>Carole</b:First>
             <b:Middle>Daniel</b:Middle>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Complexity, uncertainty and mental models: From a paradigm of regulation to a paradigm of emergence in project management</b:Title>
     <b:JournalName>International Journal of Project Management</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>184-197</b:Pages>
     <b:RefOrder>6</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22FE2A78-A241-4E1E-9074-4C0D78729795}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>17</Words>
-  <Characters>163</Characters>
+  <Words>27</Words>
+  <Characters>154</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>171</CharactersWithSpaces>
+  <CharactersWithSpaces>180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Javad Pourqasem</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7e71c5619c3c4600e8e31e7c348f8bb87d5a828ad041c5bd0c961c94f7cebee1</vt:lpwstr>