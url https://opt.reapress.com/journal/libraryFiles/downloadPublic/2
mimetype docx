--- v0 (2025-10-01)
+++ v1 (2025-11-19)
@@ -42,131 +42,136 @@
         <w:tblOverlap w:val="never"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9076"/>
       </w:tblGrid>
       <w:tr w:rsidR="0002739F" w:rsidRPr="00D14B7A" w14:paraId="74BDE23F" w14:textId="77777777" w:rsidTr="006E0733">
         <w:trPr>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="311AA48A" w14:textId="17AF511A" w:rsidR="00967748" w:rsidRPr="00CE6C1D" w:rsidRDefault="00967748" w:rsidP="0051574F">
+          <w:p w14:paraId="311AA48A" w14:textId="565EDEBB" w:rsidR="00967748" w:rsidRPr="00CE6C1D" w:rsidRDefault="00AC1E35" w:rsidP="0051574F">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:after="240" w:afterAutospacing="0"/>
               <w:ind w:left="-103" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D14B7A">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
-                <w:spacing w:val="-6"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454B541C" wp14:editId="294DCAE6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10939AAE" wp14:editId="5482ACF0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>-46990</wp:posOffset>
+                    <wp:posOffset>-89535</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>261731</wp:posOffset>
+                    <wp:posOffset>127000</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="1029660" cy="773259"/>
+                  <wp:extent cx="1234440" cy="929260"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="9" name="Picture 9"/>
+                  <wp:docPr id="2" name="Picture 2"/>
                   <wp:cNvGraphicFramePr>
-                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="Untitled-1.png"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Picture 8"/>
+                          <pic:cNvPicPr preferRelativeResize="0">
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1029660" cy="773259"/>
+                            <a:ext cx="1234440" cy="929260"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="00D14B7A">
+            <w:r w:rsidR="00967748" w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C126BF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00467536" w:rsidRPr="00467536">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>Optimality</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="756A8CDA" w14:textId="50BA76D0" w:rsidR="006E0733" w:rsidRPr="00D14B7A" w:rsidRDefault="00FA0AEC" w:rsidP="006E0733">
             <w:pPr>
@@ -653,169 +658,169 @@
             <w:tblPr>
               <w:tblW w:w="8083" w:type="dxa"/>
               <w:tblInd w:w="1129" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2123"/>
               <w:gridCol w:w="5960"/>
             </w:tblGrid>
             <w:tr w:rsidR="0080155B" w14:paraId="02633EF5" w14:textId="1F53613D" w:rsidTr="0080155B">
               <w:trPr>
                 <w:trHeight w:val="432"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2123" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="44184B94" w14:textId="53BBE2D4" w:rsidR="0080155B" w:rsidRPr="007B74CC" w:rsidRDefault="0080155B" w:rsidP="00706433">
+                <w:p w14:paraId="44184B94" w14:textId="53BBE2D4" w:rsidR="0080155B" w:rsidRPr="007B74CC" w:rsidRDefault="0080155B" w:rsidP="00AC1E35">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:spacing w:before="60"/>
                     <w:ind w:left="40"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Received: </w:t>
                   </w:r>
                   <w:r w:rsidR="009E64BB">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>-----</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5B09DF5E" w14:textId="77777777" w:rsidR="009E64BB" w:rsidRDefault="0080155B" w:rsidP="00706433">
+                <w:p w14:paraId="5B09DF5E" w14:textId="77777777" w:rsidR="009E64BB" w:rsidRDefault="0080155B" w:rsidP="00AC1E35">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Revised: </w:t>
                   </w:r>
                   <w:r w:rsidR="009E64BB">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>-----</w:t>
                   </w:r>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4075CDC1" w14:textId="34B33BCC" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="00706433">
+                <w:p w14:paraId="4075CDC1" w14:textId="34B33BCC" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="00AC1E35">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                   </w:pPr>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>Accepted:</w:t>
                   </w:r>
                   <w:r w:rsidR="009E64BB">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>---</w:t>
                   </w:r>
                   <w:proofErr w:type="gramEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5960" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5CC61862" w14:textId="1A5BE975" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="00706433">
+                <w:p w14:paraId="5CC61862" w14:textId="1A5BE975" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="00AC1E35">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:spacing w:before="60"/>
                     <w:ind w:left="40"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00813E9C">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                     <w:t xml:space="preserve">LastName, </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                     <w:t>Initial First Name</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00813E9C">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
@@ -2073,51 +2078,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:object w:dxaOrig="3480" w:dyaOrig="1320" w14:anchorId="3888342F">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:174pt;height:66pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1776424391" r:id="rId12"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1816868299" r:id="rId12"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCACAE2" w14:textId="77777777" w:rsidR="008A6FE0" w:rsidRPr="00D14B7A" w:rsidRDefault="008A6FE0" w:rsidP="008A6FE0">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Adobe Garamond Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Adobe Garamond Pro"/>
@@ -2140,51 +2145,51 @@
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t>Where</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707AD7F3" w14:textId="4C57E48B" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00AB10AC" w:rsidP="003D43AD">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC3180">
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-8"/>
         </w:rPr>
         <w:object w:dxaOrig="1260" w:dyaOrig="260" w14:anchorId="2F38B3EA">
           <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:63pt;height:13.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1776424392" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1816868300" r:id="rId14"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t>, and b is a number greater than 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BB6796" w14:textId="563FC147" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00FC1F0A" w:rsidP="001812AF">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">Be sure that the symbols in your equation have been defined before the equation appears or immediately following. Each equation </w:t>
       </w:r>
       <w:r w:rsidR="001812AF" w:rsidRPr="00D14B7A">
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> be written by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C40F9F" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MathType</w:t>
@@ -3166,274 +3171,268 @@
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006173C9" w:rsidRPr="00D14B7A" w:rsidSect="0054184F">
       <w:headerReference w:type="even" r:id="rId22"/>
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1021" w:right="737" w:bottom="1021" w:left="737" w:header="850" w:footer="624" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72F2A40C" w14:textId="77777777" w:rsidR="0054184F" w:rsidRPr="00FE73CA" w:rsidRDefault="0054184F" w:rsidP="00FA44F9">
+    <w:p w14:paraId="0543E159" w14:textId="77777777" w:rsidR="00B63210" w:rsidRPr="00FE73CA" w:rsidRDefault="00B63210" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DA9D0CA" w14:textId="77777777" w:rsidR="0054184F" w:rsidRPr="00FE73CA" w:rsidRDefault="0054184F" w:rsidP="00FA44F9">
+    <w:p w14:paraId="70489A65" w14:textId="77777777" w:rsidR="00B63210" w:rsidRPr="00FE73CA" w:rsidRDefault="00B63210" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C5FEB4B" w14:textId="77777777" w:rsidR="0054184F" w:rsidRDefault="0054184F">
+    <w:p w14:paraId="460D3638" w14:textId="77777777" w:rsidR="00B63210" w:rsidRDefault="00B63210">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zar">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRLotus">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02000503000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Gurmukhi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00020003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="XB Kayhan">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000051" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
     <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRTitr">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRNazanin">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Compset">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:panose1 w:val="02020803070505020304"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="2  Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lotus">
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Burlak">
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
-    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Thames New">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
@@ -3489,51 +3488,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Garamond Pro">
     <w:altName w:val="Georgia"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2CB0AAC9" w14:textId="2DACC4AD" w:rsidR="00E116FE" w:rsidRPr="00C91519" w:rsidRDefault="00E116FE" w:rsidP="007B74CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="100" w:afterAutospacing="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="25"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
@@ -3949,68 +3948,68 @@
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="000E04F6" w:rsidRPr="00E531BF">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>This  article</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="000E04F6" w:rsidRPr="00E531BF">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> is an open access article distributed under the terms and conditions of the Creative Commons Attribution (CC BY) license (http://creativecommons.org/licenses/by/4.0).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="444B8CD1" w14:textId="77777777" w:rsidR="0054184F" w:rsidRPr="00FE73CA" w:rsidRDefault="0054184F" w:rsidP="00FA44F9">
+    <w:p w14:paraId="44E24A9D" w14:textId="77777777" w:rsidR="00B63210" w:rsidRPr="00FE73CA" w:rsidRDefault="00B63210" w:rsidP="00FA44F9">
       <w:pPr>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6213DE12" w14:textId="77777777" w:rsidR="0054184F" w:rsidRPr="00FE73CA" w:rsidRDefault="0054184F" w:rsidP="00FA44F9">
+    <w:p w14:paraId="39B6FFC3" w14:textId="77777777" w:rsidR="00B63210" w:rsidRPr="00FE73CA" w:rsidRDefault="00B63210" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="11B72EFC" w14:textId="77777777" w:rsidR="0054184F" w:rsidRPr="00FE73CA" w:rsidRDefault="0054184F" w:rsidP="00FA44F9"/>
+    <w:p w14:paraId="6573F5B7" w14:textId="77777777" w:rsidR="00B63210" w:rsidRPr="00FE73CA" w:rsidRDefault="00B63210" w:rsidP="00FA44F9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="-1200926988"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="30B67E5E" w14:textId="01707402" w:rsidR="00731FEA" w:rsidRDefault="00731FEA" w:rsidP="00C1356F">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:framePr w:w="1308" w:h="376" w:hRule="exact" w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="9827" w:y="2"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
@@ -7943,50 +7942,51 @@
     <w:rsid w:val="00A92FB1"/>
     <w:rsid w:val="00A9330F"/>
     <w:rsid w:val="00A945D6"/>
     <w:rsid w:val="00A9482A"/>
     <w:rsid w:val="00A953DD"/>
     <w:rsid w:val="00A96714"/>
     <w:rsid w:val="00A96AF5"/>
     <w:rsid w:val="00AA034B"/>
     <w:rsid w:val="00AA0CBB"/>
     <w:rsid w:val="00AA26F6"/>
     <w:rsid w:val="00AA3903"/>
     <w:rsid w:val="00AA3F87"/>
     <w:rsid w:val="00AA4A86"/>
     <w:rsid w:val="00AB109E"/>
     <w:rsid w:val="00AB10AC"/>
     <w:rsid w:val="00AB1B40"/>
     <w:rsid w:val="00AB1E51"/>
     <w:rsid w:val="00AB34CE"/>
     <w:rsid w:val="00AB48EB"/>
     <w:rsid w:val="00AB52C3"/>
     <w:rsid w:val="00AB6B20"/>
     <w:rsid w:val="00AB7093"/>
     <w:rsid w:val="00AB70E6"/>
     <w:rsid w:val="00AB72DF"/>
     <w:rsid w:val="00AB7947"/>
+    <w:rsid w:val="00AC1E35"/>
     <w:rsid w:val="00AC231E"/>
     <w:rsid w:val="00AC28AD"/>
     <w:rsid w:val="00AC73FE"/>
     <w:rsid w:val="00AD2AC2"/>
     <w:rsid w:val="00AE0E0A"/>
     <w:rsid w:val="00AE1907"/>
     <w:rsid w:val="00AE2B55"/>
     <w:rsid w:val="00AE3FF6"/>
     <w:rsid w:val="00AE7F53"/>
     <w:rsid w:val="00AF090F"/>
     <w:rsid w:val="00AF0D00"/>
     <w:rsid w:val="00AF148A"/>
     <w:rsid w:val="00AF2421"/>
     <w:rsid w:val="00AF25E8"/>
     <w:rsid w:val="00AF2A41"/>
     <w:rsid w:val="00AF3097"/>
     <w:rsid w:val="00AF31F0"/>
     <w:rsid w:val="00AF5494"/>
     <w:rsid w:val="00AF5D91"/>
     <w:rsid w:val="00AF69C0"/>
     <w:rsid w:val="00B00DA8"/>
     <w:rsid w:val="00B01F45"/>
     <w:rsid w:val="00B0262B"/>
     <w:rsid w:val="00B10095"/>
     <w:rsid w:val="00B100A5"/>
@@ -7997,50 +7997,51 @@
     <w:rsid w:val="00B17D3B"/>
     <w:rsid w:val="00B17DE5"/>
     <w:rsid w:val="00B2028C"/>
     <w:rsid w:val="00B251AE"/>
     <w:rsid w:val="00B25A7E"/>
     <w:rsid w:val="00B30DE3"/>
     <w:rsid w:val="00B320F5"/>
     <w:rsid w:val="00B355C2"/>
     <w:rsid w:val="00B36152"/>
     <w:rsid w:val="00B36A6D"/>
     <w:rsid w:val="00B4058E"/>
     <w:rsid w:val="00B41065"/>
     <w:rsid w:val="00B41A61"/>
     <w:rsid w:val="00B42242"/>
     <w:rsid w:val="00B42C6D"/>
     <w:rsid w:val="00B44819"/>
     <w:rsid w:val="00B4548B"/>
     <w:rsid w:val="00B46642"/>
     <w:rsid w:val="00B50519"/>
     <w:rsid w:val="00B5244B"/>
     <w:rsid w:val="00B52B18"/>
     <w:rsid w:val="00B56C0A"/>
     <w:rsid w:val="00B60232"/>
     <w:rsid w:val="00B61564"/>
     <w:rsid w:val="00B6212C"/>
+    <w:rsid w:val="00B63210"/>
     <w:rsid w:val="00B6347A"/>
     <w:rsid w:val="00B63700"/>
     <w:rsid w:val="00B6622C"/>
     <w:rsid w:val="00B7356A"/>
     <w:rsid w:val="00B735CF"/>
     <w:rsid w:val="00B75F6A"/>
     <w:rsid w:val="00B76E40"/>
     <w:rsid w:val="00B8098B"/>
     <w:rsid w:val="00B82E32"/>
     <w:rsid w:val="00B8371C"/>
     <w:rsid w:val="00B8708E"/>
     <w:rsid w:val="00B87F50"/>
     <w:rsid w:val="00B91229"/>
     <w:rsid w:val="00B91A33"/>
     <w:rsid w:val="00B92B58"/>
     <w:rsid w:val="00B9314A"/>
     <w:rsid w:val="00B948C8"/>
     <w:rsid w:val="00B9697E"/>
     <w:rsid w:val="00B97DEE"/>
     <w:rsid w:val="00BA0CF5"/>
     <w:rsid w:val="00BA2BF5"/>
     <w:rsid w:val="00BA3AC5"/>
     <w:rsid w:val="00BA585D"/>
     <w:rsid w:val="00BB5097"/>
     <w:rsid w:val="00BB7440"/>
@@ -21445,78 +21446,78 @@
             <b:First>Carole</b:First>
             <b:Middle>Daniel</b:Middle>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Complexity, uncertainty and mental models: From a paradigm of regulation to a paradigm of emergence in project management</b:Title>
     <b:JournalName>International Journal of Project Management</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>184-197</b:Pages>
     <b:RefOrder>6</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B092066-F040-416E-BD8C-1BA31D28BCBB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1422</Words>
-  <Characters>7751</Characters>
+  <Words>1488</Words>
+  <Characters>8483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9139</CharactersWithSpaces>
+  <CharactersWithSpaces>9952</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Javad Pourqasem</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7e71c5619c3c4600e8e31e7c348f8bb87d5a828ad041c5bd0c961c94f7cebee1</vt:lpwstr>